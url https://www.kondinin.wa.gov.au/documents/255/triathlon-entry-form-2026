--- v0 (2025-12-06)
+++ v1 (2025-12-26)
@@ -38,63 +38,70 @@
       <w:r w:rsidRPr="00E670A8">
         <w:rPr>
           <w:rFonts w:ascii="Myriad Web" w:hAnsi="Myriad Web" w:cs="Lucida Sans"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="48"/>
           <w:szCs w:val="48"/>
         </w:rPr>
         <w:t xml:space="preserve">KONDININ </w:t>
       </w:r>
       <w:r w:rsidR="00F64C8F" w:rsidRPr="00E670A8">
         <w:rPr>
           <w:rFonts w:ascii="Myriad Web" w:hAnsi="Myriad Web" w:cs="Lucida Sans"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="48"/>
           <w:szCs w:val="48"/>
         </w:rPr>
         <w:t>TRIATHLON</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="552DD918" w14:textId="3C7BAB37" w:rsidR="0048659C" w:rsidRPr="0048659C" w:rsidRDefault="00A84DD3" w:rsidP="00A84DD3">
+    <w:p w14:paraId="552DD918" w14:textId="27EE5ED9" w:rsidR="0048659C" w:rsidRPr="0048659C" w:rsidRDefault="00A84DD3" w:rsidP="00A84DD3">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:sz w:val="40"/>
         </w:rPr>
-        <w:t>Saturday 7</w:t>
+        <w:t xml:space="preserve">Saturday </w:t>
+      </w:r>
+      <w:r w:rsidR="009E5F71">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="40"/>
+        </w:rPr>
+        <w:t>14</w:t>
       </w:r>
       <w:r w:rsidRPr="00A84DD3">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:sz w:val="40"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>th</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:sz w:val="40"/>
         </w:rPr>
         <w:t xml:space="preserve"> March 2026</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5AEE4F80" w14:textId="77777777" w:rsidR="0048659C" w:rsidRDefault="0048659C" w:rsidP="00447F3E">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:b/>
           <w:i/>
           <w:sz w:val="28"/>
@@ -489,51 +496,51 @@
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B364BE">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Individual OR Team </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1257D5BA" w14:textId="77777777" w:rsidR="00447F3E" w:rsidRPr="00B364BE" w:rsidRDefault="00447F3E">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4EAF05E1" w14:textId="77777777" w:rsidR="00447F3E" w:rsidRPr="00B364BE" w:rsidRDefault="00447F3E">
+    <w:p w14:paraId="4EAF05E1" w14:textId="35535F01" w:rsidR="00447F3E" w:rsidRPr="00B364BE" w:rsidRDefault="00447F3E">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B364BE">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Open Long Course</w:t>
       </w:r>
       <w:r w:rsidR="009309B1">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">   </w:t>
       </w:r>
       <w:r w:rsidRPr="00B364BE">
         <w:rPr>
@@ -594,51 +601,51 @@
       <w:r w:rsidR="009309B1">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
       <w:r w:rsidRPr="00B364BE">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00B364BE">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">/ </w:t>
       </w:r>
-      <w:r w:rsidR="009309B1">
+      <w:r w:rsidR="000623E4">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B364BE">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Junior</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="00B364BE">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Under 12</w:t>
       </w:r>
       <w:r w:rsidR="009309B1">
@@ -1156,199 +1163,269 @@
           <w:tcPr>
             <w:tcW w:w="1630" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="611471BC" w14:textId="77777777" w:rsidR="00447F3E" w:rsidRPr="00B364BE" w:rsidRDefault="00447F3E" w:rsidP="0048659C">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="30CF8672" w14:textId="77777777" w:rsidR="00447F3E" w:rsidRPr="00B364BE" w:rsidRDefault="00447F3E">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="24659A08" w14:textId="09878DFA" w:rsidR="00E670A8" w:rsidRDefault="00E670A8" w:rsidP="00E670A8">
+    <w:p w14:paraId="24659A08" w14:textId="154E0A6B" w:rsidR="00E670A8" w:rsidRDefault="00E670A8" w:rsidP="00E670A8">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:b/>
           <w:i/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E670A8">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:b/>
           <w:i/>
         </w:rPr>
         <w:t xml:space="preserve">Entry Forms to be submitted to the Shire of Kondinin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:b/>
           <w:i/>
         </w:rPr>
         <w:t xml:space="preserve">Offices </w:t>
       </w:r>
       <w:r w:rsidRPr="00E670A8">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:b/>
           <w:i/>
         </w:rPr>
         <w:t xml:space="preserve">by </w:t>
       </w:r>
       <w:r w:rsidR="007D7342">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:b/>
           <w:i/>
         </w:rPr>
         <w:t xml:space="preserve">Monday </w:t>
       </w:r>
+      <w:r w:rsidR="009E5F71">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:b/>
+          <w:i/>
+        </w:rPr>
+        <w:t>9</w:t>
+      </w:r>
+      <w:r w:rsidR="005628CB" w:rsidRPr="009E5F71">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:b/>
+          <w:i/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>th</w:t>
+      </w:r>
+      <w:r w:rsidR="005628CB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:b/>
+          <w:i/>
+        </w:rPr>
+        <w:t xml:space="preserve"> March</w:t>
+      </w:r>
+      <w:r w:rsidR="0000011D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:b/>
+          <w:i/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 202</w:t>
+      </w:r>
       <w:r w:rsidR="008A0A9A">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:b/>
           <w:i/>
         </w:rPr>
-        <w:t>2</w:t>
-[...16 lines deleted...]
-        <w:t xml:space="preserve"> March</w:t>
+        <w:t>6</w:t>
       </w:r>
       <w:r w:rsidR="0000011D">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:b/>
           <w:i/>
         </w:rPr>
-        <w:t xml:space="preserve"> 202</w:t>
-[...14 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:b/>
           <w:i/>
         </w:rPr>
         <w:t xml:space="preserve">or emailed to </w:t>
       </w:r>
       <w:hyperlink r:id="rId4" w:history="1">
-        <w:r w:rsidR="00900833" w:rsidRPr="00056B6F">
+        <w:r w:rsidR="000A4E14" w:rsidRPr="003B13F7">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
             <w:b/>
             <w:i/>
           </w:rPr>
-          <w:t>kncdo@kondinin.wa.gov.au</w:t>
+          <w:t>cdo@kondinin.wa.gov.au</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:b/>
           <w:i/>
         </w:rPr>
         <w:t>. Payments made to the Shire b</w:t>
       </w:r>
       <w:r w:rsidR="009309B1">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:b/>
           <w:i/>
         </w:rPr>
-        <w:t>efore event or cash o</w:t>
+        <w:t>efore event</w:t>
       </w:r>
       <w:r w:rsidR="00743DC9">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:b/>
           <w:i/>
         </w:rPr>
-        <w:t>n the day, $20 per adult and $5</w:t>
+        <w:t>, $20 per adult and $5</w:t>
       </w:r>
       <w:r w:rsidR="0001284F">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:b/>
           <w:i/>
         </w:rPr>
         <w:t xml:space="preserve"> per child</w:t>
       </w:r>
       <w:r w:rsidR="009309B1">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:b/>
           <w:i/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
+    </w:p>
+    <w:p w14:paraId="10ECA34E" w14:textId="316854A9" w:rsidR="005628CB" w:rsidRPr="005628CB" w:rsidRDefault="005628CB" w:rsidP="005628CB">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:b/>
+          <w:i/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:b/>
+          <w:i/>
+        </w:rPr>
+        <w:t xml:space="preserve">You Can Pay Online – Shire of Kondinin </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005628CB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:b/>
+          <w:i/>
+        </w:rPr>
+        <w:t>BSB 086-757</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:b/>
+          <w:i/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005628CB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:b/>
+          <w:i/>
+        </w:rPr>
+        <w:t>Account 508344576</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="61419770" w14:textId="57CFB331" w:rsidR="005628CB" w:rsidRPr="005628CB" w:rsidRDefault="005628CB" w:rsidP="005628CB">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:b/>
+          <w:i/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:b/>
+          <w:i/>
+        </w:rPr>
+        <w:t>If paying online, please use Triathlon and your surname as the reference.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="54E4BB35" w14:textId="2C5B950E" w:rsidR="005628CB" w:rsidRDefault="005628CB" w:rsidP="00E670A8">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:b/>
+          <w:i/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
     <w:p w14:paraId="68D2FDD8" w14:textId="77777777" w:rsidR="00E670A8" w:rsidRPr="00E670A8" w:rsidRDefault="00E670A8" w:rsidP="00E670A8">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:b/>
           <w:i/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0161389D" w14:textId="77777777" w:rsidR="00E670A8" w:rsidRPr="00E670A8" w:rsidRDefault="00E670A8" w:rsidP="00E670A8">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:b/>
           <w:i/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00E670A8" w:rsidRPr="00E670A8">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
@@ -1385,81 +1462,86 @@
     <w:panose1 w:val="020B0602030504020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial Narrow">
     <w:panose1 w:val="020B0606020202030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000800" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="100"/>
+  <w:zoom w:percent="82"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="0048659C"/>
     <w:rsid w:val="0000011D"/>
     <w:rsid w:val="0001284F"/>
+    <w:rsid w:val="000623E4"/>
+    <w:rsid w:val="0008514E"/>
+    <w:rsid w:val="000A4E14"/>
     <w:rsid w:val="00384D74"/>
     <w:rsid w:val="003A5388"/>
     <w:rsid w:val="00447F3E"/>
     <w:rsid w:val="00485B2B"/>
     <w:rsid w:val="0048659C"/>
+    <w:rsid w:val="005628CB"/>
     <w:rsid w:val="005D6FC2"/>
     <w:rsid w:val="00743DC9"/>
     <w:rsid w:val="007D7342"/>
     <w:rsid w:val="007E4595"/>
     <w:rsid w:val="0082366E"/>
     <w:rsid w:val="008435AE"/>
     <w:rsid w:val="00853FB4"/>
     <w:rsid w:val="008A0A9A"/>
     <w:rsid w:val="00900833"/>
     <w:rsid w:val="009309B1"/>
+    <w:rsid w:val="009E5F71"/>
     <w:rsid w:val="00A84DD3"/>
     <w:rsid w:val="00B364BE"/>
     <w:rsid w:val="00B67254"/>
     <w:rsid w:val="00C333B6"/>
     <w:rsid w:val="00C35D72"/>
     <w:rsid w:val="00C510BB"/>
     <w:rsid w:val="00C81FE3"/>
     <w:rsid w:val="00D6126C"/>
     <w:rsid w:val="00E670A8"/>
     <w:rsid w:val="00ED6A34"/>
     <w:rsid w:val="00F64C8F"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
@@ -1874,51 +1956,50 @@
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="0048659C"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:overflowPunct w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:color w:val="000000"/>
       <w:kern w:val="30"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
-    <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:styleId="TableGrid">
     <w:name w:val="Table Grid"/>
@@ -1928,62 +2009,74 @@
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
   <w:style w:type="character" w:styleId="Hyperlink">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00E670A8"/>
     <w:rPr>
       <w:color w:val="0000FF" w:themeColor="hyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="character" w:styleId="UnresolvedMention">
+    <w:name w:val="Unresolved Mention"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="0008514E"/>
+    <w:rPr>
+      <w:color w:val="605E5C"/>
+      <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:kncdo@kondinin.wa.gov.au" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:cdo@kondinin.wa.gov.au" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -2232,75 +2325,75 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>292</Words>
-  <Characters>1810</Characters>
+  <Words>309</Words>
+  <Characters>1915</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>67</Lines>
-  <Paragraphs>31</Paragraphs>
+  <Lines>70</Lines>
+  <Paragraphs>33</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>Toshiba</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2071</CharactersWithSpaces>
+  <CharactersWithSpaces>2191</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:creator>Tory Young</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="SynergySoftUID">
     <vt:lpwstr>K5AC1C100</vt:lpwstr>
   </property>
 </Properties>
 </file>