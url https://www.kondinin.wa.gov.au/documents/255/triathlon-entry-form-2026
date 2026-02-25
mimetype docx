--- v1 (2025-12-26)
+++ v2 (2026-02-25)
@@ -1,31 +1,32 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
+  <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="26A7E004" w14:textId="77777777" w:rsidR="0048659C" w:rsidRPr="00E670A8" w:rsidRDefault="0048659C" w:rsidP="0048659C">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Web" w:hAnsi="Myriad Web" w:cs="Lucida Sans"/>
           <w:b/>
           <w:bCs/>
@@ -97,1444 +98,1941 @@
         <w:t xml:space="preserve"> March 2026</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5AEE4F80" w14:textId="77777777" w:rsidR="0048659C" w:rsidRDefault="0048659C" w:rsidP="00447F3E">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:b/>
           <w:i/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E670A8">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:b/>
           <w:i/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>ENTRY FORM</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="036CBCEB" w14:textId="77777777" w:rsidR="00E670A8" w:rsidRDefault="00E670A8" w:rsidP="00447F3E">
+    <w:p w14:paraId="7D98278F" w14:textId="77777777" w:rsidR="00E670A8" w:rsidRPr="006F683C" w:rsidRDefault="00485B2B" w:rsidP="00E670A8">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
-          <w:b/>
           <w:i/>
-          <w:sz w:val="28"/>
-[...4 lines deleted...]
-    <w:p w14:paraId="7D98278F" w14:textId="77777777" w:rsidR="00E670A8" w:rsidRDefault="00485B2B" w:rsidP="00E670A8">
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006F683C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Start times from 8</w:t>
+      </w:r>
+      <w:r w:rsidR="00E670A8" w:rsidRPr="006F683C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>am to be confirmed once entries received</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="51328EE3" w14:textId="77777777" w:rsidR="00E670A8" w:rsidRPr="006F683C" w:rsidRDefault="00E670A8" w:rsidP="00447F3E">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:b/>
           <w:i/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1BA070B6" w14:textId="43B4FC13" w:rsidR="0048659C" w:rsidRPr="006F683C" w:rsidRDefault="0048659C" w:rsidP="0048659C">
+      <w:pPr>
+        <w:spacing w:line="480" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006F683C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Team Name</w:t>
+      </w:r>
+      <w:r w:rsidR="00F64C8F" w:rsidRPr="006F683C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (if applicable)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F683C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidR="009309B1" w:rsidRPr="006F683C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F683C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>_______________________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="009309B1" w:rsidRPr="006F683C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>__________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7510AC36" w14:textId="54C128BD" w:rsidR="0048659C" w:rsidRPr="006F683C" w:rsidRDefault="0048659C" w:rsidP="0048659C">
+      <w:pPr>
+        <w:spacing w:line="480" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006F683C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Contact Name: _____________________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="009309B1" w:rsidRPr="006F683C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>______________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1BAB995E" w14:textId="3BC75143" w:rsidR="0048659C" w:rsidRPr="006F683C" w:rsidRDefault="0048659C" w:rsidP="0048659C">
+      <w:pPr>
+        <w:spacing w:line="480" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006F683C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Address: ______________</w:t>
+      </w:r>
+      <w:r w:rsidR="007E4595" w:rsidRPr="006F683C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>_________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F683C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Postcode: ____________</w:t>
+      </w:r>
+      <w:r w:rsidR="009309B1" w:rsidRPr="006F683C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>____</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="21276778" w14:textId="6F277835" w:rsidR="0048659C" w:rsidRPr="006F683C" w:rsidRDefault="0048659C" w:rsidP="0048659C">
+      <w:pPr>
+        <w:spacing w:line="480" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006F683C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Phone: ___________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="009309B1" w:rsidRPr="006F683C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>______________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7FB92288" w14:textId="09503551" w:rsidR="0048659C" w:rsidRPr="006F683C" w:rsidRDefault="0048659C" w:rsidP="00447F3E">
+      <w:pPr>
+        <w:spacing w:line="480" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006F683C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Email: ____________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="009309B1" w:rsidRPr="006F683C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>______________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="40EC0CBA" w14:textId="77777777" w:rsidR="0048659C" w:rsidRPr="006F683C" w:rsidRDefault="0048659C">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006F683C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Declaration</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F683C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: (All entrants or guardian if under 18 must sign) </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="36782FDA" w14:textId="77777777" w:rsidR="0048659C" w:rsidRPr="006F683C" w:rsidRDefault="0048659C" w:rsidP="00006C25">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006F683C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">I hereby acknowledge responsibility of my personal athletic equipment. I hereby waive all and any claim, right or case of action which I might otherwise have for or arising out of my life or injury, damage or loss of any description whatsoever which I may suffer or sustain </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="006F683C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>in the course of</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="006F683C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, or consequent upon my entry or participation in the said event. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4B852D07" w14:textId="77777777" w:rsidR="0048659C" w:rsidRPr="006F683C" w:rsidRDefault="0048659C" w:rsidP="00006C25">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006F683C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">I hereby declare that I am physically fit and have undertaken adequate training for the event. I will fully accept the decision of the race director if I am disqualified for any infraction of the rules or regulations of this event and if </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="006F683C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>so</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="006F683C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> directed I will not take any further part in the event. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3231CBF6" w14:textId="77777777" w:rsidR="00D6126C" w:rsidRPr="006F683C" w:rsidRDefault="00D6126C" w:rsidP="00006C25">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006F683C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">I hereby agree that photos can be taken of me on the day and that the Shire of Kondinin can publish photos of the day more than once in a variety of Shire publications including Newsletters and on the Shire’s Facebook Page and Website. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3B6A6E44" w14:textId="77777777" w:rsidR="0048659C" w:rsidRPr="006F683C" w:rsidRDefault="0048659C">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7D14EEA2" w14:textId="77777777" w:rsidR="00447F3E" w:rsidRPr="006F683C" w:rsidRDefault="00447F3E">
+      <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:i/>
-        </w:rPr>
-[...49 lines deleted...]
-          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006F683C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Category: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F683C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>(Please circle below)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="37B0BD38" w14:textId="77777777" w:rsidR="00447F3E" w:rsidRPr="006F683C" w:rsidRDefault="00447F3E">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006F683C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Individual OR Team </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4EAF05E1" w14:textId="5BB6E460" w:rsidR="00447F3E" w:rsidRPr="006F683C" w:rsidRDefault="00447F3E">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006F683C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Open Long Course</w:t>
+      </w:r>
+      <w:r w:rsidR="009309B1" w:rsidRPr="006F683C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">   </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F683C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> / </w:t>
+      </w:r>
+      <w:r w:rsidR="009309B1" w:rsidRPr="006F683C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F683C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Open Short Course</w:t>
+      </w:r>
+      <w:r w:rsidR="009309B1" w:rsidRPr="006F683C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">   </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F683C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>/</w:t>
+      </w:r>
+      <w:r w:rsidR="009309B1" w:rsidRPr="006F683C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F683C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Junior 12 to 16</w:t>
+      </w:r>
+      <w:r w:rsidR="009309B1" w:rsidRPr="006F683C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F683C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> / Junior Under 12</w:t>
+      </w:r>
+      <w:r w:rsidR="009309B1" w:rsidRPr="006F683C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F683C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...490 lines deleted...]
-          <w:szCs w:val="22"/>
+    </w:p>
+    <w:p w14:paraId="1DC97847" w14:textId="77777777" w:rsidR="0048659C" w:rsidRPr="006F683C" w:rsidRDefault="0082366E">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006F683C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Competitors</w:t>
       </w:r>
-      <w:r w:rsidR="00447F3E" w:rsidRPr="00B364BE">
-[...4 lines deleted...]
-          <w:szCs w:val="22"/>
+      <w:r w:rsidR="00447F3E" w:rsidRPr="006F683C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Details: </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
-        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblW w:w="10485" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1856"/>
         <w:gridCol w:w="974"/>
         <w:gridCol w:w="851"/>
-        <w:gridCol w:w="1843"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="1630"/>
+        <w:gridCol w:w="2126"/>
+        <w:gridCol w:w="2268"/>
+        <w:gridCol w:w="2410"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00447F3E" w:rsidRPr="00B364BE" w14:paraId="70952192" w14:textId="77777777" w:rsidTr="009309B1">
+      <w:tr w:rsidR="00447F3E" w:rsidRPr="006F683C" w14:paraId="70952192" w14:textId="77777777" w:rsidTr="001834AF">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1856" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5517F018" w14:textId="77777777" w:rsidR="00447F3E" w:rsidRPr="00B364BE" w:rsidRDefault="00447F3E" w:rsidP="0048659C">
+          <w:p w14:paraId="5517F018" w14:textId="77777777" w:rsidR="00447F3E" w:rsidRPr="006F683C" w:rsidRDefault="00447F3E" w:rsidP="0048659C">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:b/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="974" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="12629A52" w14:textId="77777777" w:rsidR="00447F3E" w:rsidRPr="00B364BE" w:rsidRDefault="00447F3E" w:rsidP="009309B1">
+          <w:p w14:paraId="12629A52" w14:textId="77777777" w:rsidR="00447F3E" w:rsidRPr="006F683C" w:rsidRDefault="00447F3E" w:rsidP="009309B1">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:b/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B364BE">
+            <w:r w:rsidRPr="006F683C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:b/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Gender</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="851" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6BC6E7D8" w14:textId="77777777" w:rsidR="00447F3E" w:rsidRPr="00B364BE" w:rsidRDefault="00447F3E" w:rsidP="009309B1">
+          <w:p w14:paraId="6BC6E7D8" w14:textId="77777777" w:rsidR="00447F3E" w:rsidRPr="006F683C" w:rsidRDefault="00447F3E" w:rsidP="009309B1">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:b/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B364BE">
+            <w:r w:rsidRPr="006F683C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:b/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Age</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcW w:w="2126" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="48B9422E" w14:textId="77777777" w:rsidR="00447F3E" w:rsidRPr="00B364BE" w:rsidRDefault="00C510BB" w:rsidP="009309B1">
+          <w:p w14:paraId="48B9422E" w14:textId="77777777" w:rsidR="00447F3E" w:rsidRPr="006F683C" w:rsidRDefault="00C510BB" w:rsidP="009309B1">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:b/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B364BE">
+            <w:r w:rsidRPr="006F683C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:b/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>First Name</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1862" w:type="dxa"/>
+            <w:tcW w:w="2268" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="062CAA2B" w14:textId="77777777" w:rsidR="00447F3E" w:rsidRPr="00B364BE" w:rsidRDefault="00C510BB" w:rsidP="009309B1">
+          <w:p w14:paraId="062CAA2B" w14:textId="77777777" w:rsidR="00447F3E" w:rsidRPr="006F683C" w:rsidRDefault="00C510BB" w:rsidP="009309B1">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:b/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B364BE">
+            <w:r w:rsidRPr="006F683C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:b/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Surname</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1630" w:type="dxa"/>
+            <w:tcW w:w="2410" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7A88E3B9" w14:textId="77777777" w:rsidR="00447F3E" w:rsidRPr="00B364BE" w:rsidRDefault="00447F3E" w:rsidP="009309B1">
+          <w:p w14:paraId="7A88E3B9" w14:textId="77777777" w:rsidR="00447F3E" w:rsidRPr="006F683C" w:rsidRDefault="00447F3E" w:rsidP="009309B1">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:b/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B364BE">
+            <w:r w:rsidRPr="006F683C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:b/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Signature</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00447F3E" w:rsidRPr="00B364BE" w14:paraId="5AFE910C" w14:textId="77777777" w:rsidTr="00B364BE">
+      <w:tr w:rsidR="00447F3E" w:rsidRPr="006F683C" w14:paraId="5AFE910C" w14:textId="77777777" w:rsidTr="001834AF">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1856" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2435D780" w14:textId="77777777" w:rsidR="00447F3E" w:rsidRPr="00B364BE" w:rsidRDefault="00447F3E" w:rsidP="0048659C">
+          <w:p w14:paraId="2435D780" w14:textId="77777777" w:rsidR="00447F3E" w:rsidRPr="006F683C" w:rsidRDefault="00447F3E" w:rsidP="0048659C">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:b/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B364BE">
+            <w:r w:rsidRPr="006F683C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:b/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Swimmer </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="974" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="40990DE9" w14:textId="77777777" w:rsidR="00447F3E" w:rsidRPr="00B364BE" w:rsidRDefault="00447F3E" w:rsidP="0048659C">
+          <w:p w14:paraId="40990DE9" w14:textId="77777777" w:rsidR="00447F3E" w:rsidRPr="006F683C" w:rsidRDefault="00447F3E" w:rsidP="0048659C">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="851" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4AB77744" w14:textId="77777777" w:rsidR="00447F3E" w:rsidRPr="00B364BE" w:rsidRDefault="00447F3E" w:rsidP="0048659C">
+          <w:p w14:paraId="4AB77744" w14:textId="77777777" w:rsidR="00447F3E" w:rsidRPr="006F683C" w:rsidRDefault="00447F3E" w:rsidP="0048659C">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcW w:w="2126" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7B673A73" w14:textId="77777777" w:rsidR="00447F3E" w:rsidRPr="00B364BE" w:rsidRDefault="00447F3E" w:rsidP="0048659C">
+          <w:p w14:paraId="7B673A73" w14:textId="77777777" w:rsidR="00447F3E" w:rsidRPr="006F683C" w:rsidRDefault="00447F3E" w:rsidP="0048659C">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1862" w:type="dxa"/>
+            <w:tcW w:w="2268" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="423A4A4F" w14:textId="77777777" w:rsidR="00447F3E" w:rsidRPr="00B364BE" w:rsidRDefault="00447F3E" w:rsidP="0048659C">
+          <w:p w14:paraId="423A4A4F" w14:textId="77777777" w:rsidR="00447F3E" w:rsidRPr="006F683C" w:rsidRDefault="00447F3E" w:rsidP="0048659C">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1630" w:type="dxa"/>
+            <w:tcW w:w="2410" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="51418E57" w14:textId="77777777" w:rsidR="00447F3E" w:rsidRPr="00B364BE" w:rsidRDefault="00447F3E" w:rsidP="0048659C">
+          <w:p w14:paraId="51418E57" w14:textId="77777777" w:rsidR="00447F3E" w:rsidRPr="006F683C" w:rsidRDefault="00447F3E" w:rsidP="0048659C">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00447F3E" w:rsidRPr="00B364BE" w14:paraId="0C20EC52" w14:textId="77777777" w:rsidTr="00B364BE">
+      <w:tr w:rsidR="00447F3E" w:rsidRPr="006F683C" w14:paraId="0C20EC52" w14:textId="77777777" w:rsidTr="001834AF">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1856" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="730F5358" w14:textId="77777777" w:rsidR="00447F3E" w:rsidRPr="00B364BE" w:rsidRDefault="00447F3E" w:rsidP="0048659C">
+          <w:p w14:paraId="730F5358" w14:textId="77777777" w:rsidR="00447F3E" w:rsidRPr="006F683C" w:rsidRDefault="00447F3E" w:rsidP="0048659C">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:b/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B364BE">
+            <w:r w:rsidRPr="006F683C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:b/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Cyclist </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="974" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2DFD5CF1" w14:textId="77777777" w:rsidR="00447F3E" w:rsidRPr="00B364BE" w:rsidRDefault="00447F3E" w:rsidP="0048659C">
+          <w:p w14:paraId="2DFD5CF1" w14:textId="77777777" w:rsidR="00447F3E" w:rsidRPr="006F683C" w:rsidRDefault="00447F3E" w:rsidP="0048659C">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="851" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6BE35AB2" w14:textId="77777777" w:rsidR="00447F3E" w:rsidRPr="00B364BE" w:rsidRDefault="00447F3E" w:rsidP="0048659C">
+          <w:p w14:paraId="6BE35AB2" w14:textId="77777777" w:rsidR="00447F3E" w:rsidRPr="006F683C" w:rsidRDefault="00447F3E" w:rsidP="0048659C">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcW w:w="2126" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0C1B5401" w14:textId="77777777" w:rsidR="00447F3E" w:rsidRPr="00B364BE" w:rsidRDefault="00447F3E" w:rsidP="0048659C">
+          <w:p w14:paraId="0C1B5401" w14:textId="77777777" w:rsidR="00447F3E" w:rsidRPr="006F683C" w:rsidRDefault="00447F3E" w:rsidP="0048659C">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1862" w:type="dxa"/>
+            <w:tcW w:w="2268" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0F726F3A" w14:textId="77777777" w:rsidR="00447F3E" w:rsidRPr="00B364BE" w:rsidRDefault="00447F3E" w:rsidP="0048659C">
+          <w:p w14:paraId="0F726F3A" w14:textId="77777777" w:rsidR="00447F3E" w:rsidRPr="006F683C" w:rsidRDefault="00447F3E" w:rsidP="0048659C">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1630" w:type="dxa"/>
+            <w:tcW w:w="2410" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3421B4C6" w14:textId="77777777" w:rsidR="00447F3E" w:rsidRPr="00B364BE" w:rsidRDefault="00447F3E" w:rsidP="0048659C">
+          <w:p w14:paraId="3421B4C6" w14:textId="77777777" w:rsidR="00447F3E" w:rsidRPr="006F683C" w:rsidRDefault="00447F3E" w:rsidP="0048659C">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00447F3E" w:rsidRPr="00B364BE" w14:paraId="685C1CF3" w14:textId="77777777" w:rsidTr="00B364BE">
+      <w:tr w:rsidR="00447F3E" w:rsidRPr="006F683C" w14:paraId="685C1CF3" w14:textId="77777777" w:rsidTr="001834AF">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1856" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6616B7D7" w14:textId="77777777" w:rsidR="00447F3E" w:rsidRPr="00B364BE" w:rsidRDefault="00447F3E" w:rsidP="0048659C">
+          <w:p w14:paraId="6616B7D7" w14:textId="77777777" w:rsidR="00447F3E" w:rsidRPr="006F683C" w:rsidRDefault="00447F3E" w:rsidP="0048659C">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:b/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B364BE">
+            <w:r w:rsidRPr="006F683C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:b/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Runner </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="974" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="109799D6" w14:textId="77777777" w:rsidR="00447F3E" w:rsidRPr="00B364BE" w:rsidRDefault="00447F3E" w:rsidP="0048659C">
+          <w:p w14:paraId="109799D6" w14:textId="77777777" w:rsidR="00447F3E" w:rsidRPr="006F683C" w:rsidRDefault="00447F3E" w:rsidP="0048659C">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="851" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="22F55B58" w14:textId="77777777" w:rsidR="00447F3E" w:rsidRPr="00B364BE" w:rsidRDefault="00447F3E" w:rsidP="0048659C">
+          <w:p w14:paraId="22F55B58" w14:textId="77777777" w:rsidR="00447F3E" w:rsidRPr="006F683C" w:rsidRDefault="00447F3E" w:rsidP="0048659C">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcW w:w="2126" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="39BE0614" w14:textId="77777777" w:rsidR="00447F3E" w:rsidRPr="00B364BE" w:rsidRDefault="00447F3E" w:rsidP="0048659C">
+          <w:p w14:paraId="39BE0614" w14:textId="77777777" w:rsidR="00447F3E" w:rsidRPr="006F683C" w:rsidRDefault="00447F3E" w:rsidP="0048659C">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1862" w:type="dxa"/>
+            <w:tcW w:w="2268" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="49FBEF34" w14:textId="77777777" w:rsidR="00447F3E" w:rsidRPr="00B364BE" w:rsidRDefault="00447F3E" w:rsidP="0048659C">
+          <w:p w14:paraId="49FBEF34" w14:textId="77777777" w:rsidR="00447F3E" w:rsidRPr="006F683C" w:rsidRDefault="00447F3E" w:rsidP="0048659C">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1630" w:type="dxa"/>
+            <w:tcW w:w="2410" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="611471BC" w14:textId="77777777" w:rsidR="00447F3E" w:rsidRPr="00B364BE" w:rsidRDefault="00447F3E" w:rsidP="0048659C">
+          <w:p w14:paraId="611471BC" w14:textId="77777777" w:rsidR="00447F3E" w:rsidRPr="006F683C" w:rsidRDefault="00447F3E" w:rsidP="0048659C">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="30CF8672" w14:textId="77777777" w:rsidR="00447F3E" w:rsidRPr="00B364BE" w:rsidRDefault="00447F3E">
-[...10 lines deleted...]
-        <w:jc w:val="center"/>
+    <w:p w14:paraId="2EC63E26" w14:textId="77777777" w:rsidR="00006C25" w:rsidRPr="006F683C" w:rsidRDefault="00006C25" w:rsidP="007A6CCC">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="539F7D37" w14:textId="0B6F9585" w:rsidR="007A6CCC" w:rsidRPr="007A6CCC" w:rsidRDefault="007A6CCC" w:rsidP="007A6CCC">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007A6CCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Parent/Guardian Name: </w:t>
+      </w:r>
+      <w:r w:rsidR="00006C25" w:rsidRPr="006F683C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>___________________</w:t>
+      </w:r>
+      <w:r w:rsidR="006F683C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>____</w:t>
+      </w:r>
+      <w:r w:rsidR="00006C25" w:rsidRPr="006F683C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r w:rsidR="006F683C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">    </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007A6CCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>The Parent/Guardian</w:t>
+      </w:r>
+      <w:r w:rsidR="006F683C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> of ____________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="40E9859F" w14:textId="4EAB98B4" w:rsidR="007A6CCC" w:rsidRPr="007A6CCC" w:rsidRDefault="00006C25" w:rsidP="007A6CCC">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006F683C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Agree to all declarations as above.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="23B8982D" w14:textId="6BD71FC6" w:rsidR="007A6CCC" w:rsidRDefault="007A6CCC" w:rsidP="007A6CCC">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007A6CCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Parent/Guardian's Signature: </w:t>
+      </w:r>
+      <w:r w:rsidR="00006C25" w:rsidRPr="006F683C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>____________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007A6CCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Date: </w:t>
+      </w:r>
+      <w:r w:rsidR="00006C25" w:rsidRPr="006F683C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>__________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="54279541" w14:textId="77777777" w:rsidR="006F683C" w:rsidRPr="007A6CCC" w:rsidRDefault="006F683C" w:rsidP="007A6CCC">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0D95CAE3" w14:textId="77777777" w:rsidR="006F683C" w:rsidRPr="007A6CCC" w:rsidRDefault="006F683C" w:rsidP="006F683C">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007A6CCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Parent/Guardian Name: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F683C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>___________________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>____</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F683C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">    </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007A6CCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>The Parent/Guardian</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> of ____________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="46952C00" w14:textId="77777777" w:rsidR="006F683C" w:rsidRPr="007A6CCC" w:rsidRDefault="006F683C" w:rsidP="006F683C">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006F683C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Agree to all declarations as above.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="63C5C50E" w14:textId="77777777" w:rsidR="006F683C" w:rsidRPr="007A6CCC" w:rsidRDefault="006F683C" w:rsidP="006F683C">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007A6CCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Parent/Guardian's Signature: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F683C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>____________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007A6CCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Date: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F683C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>__________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="30CF8672" w14:textId="77777777" w:rsidR="00447F3E" w:rsidRDefault="00447F3E">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="49893361" w14:textId="77777777" w:rsidR="006F683C" w:rsidRPr="007A6CCC" w:rsidRDefault="006F683C" w:rsidP="006F683C">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007A6CCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Parent/Guardian Name: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F683C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>___________________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>____</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F683C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">    </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007A6CCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>The Parent/Guardian</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> of ____________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2F84F192" w14:textId="77777777" w:rsidR="006F683C" w:rsidRPr="007A6CCC" w:rsidRDefault="006F683C" w:rsidP="006F683C">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006F683C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Agree to all declarations as above.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1A344602" w14:textId="77777777" w:rsidR="006F683C" w:rsidRPr="007A6CCC" w:rsidRDefault="006F683C" w:rsidP="006F683C">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007A6CCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Parent/Guardian's Signature: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F683C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>____________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007A6CCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Date: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F683C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>__________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7BD5862C" w14:textId="77777777" w:rsidR="006F683C" w:rsidRPr="006F683C" w:rsidRDefault="006F683C">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="24659A08" w14:textId="154E0A6B" w:rsidR="00E670A8" w:rsidRPr="006F683C" w:rsidRDefault="00E670A8" w:rsidP="00006C25">
+      <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:b/>
           <w:i/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00E670A8">
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006F683C">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:b/>
           <w:i/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:r>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Entry Forms to be submitted to the Shire of Kondinin Offices by </w:t>
+      </w:r>
+      <w:r w:rsidR="007D7342" w:rsidRPr="006F683C">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:b/>
           <w:i/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00E670A8">
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Monday </w:t>
+      </w:r>
+      <w:r w:rsidR="009E5F71" w:rsidRPr="006F683C">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:b/>
           <w:i/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:r w:rsidR="007D7342">
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>9</w:t>
+      </w:r>
+      <w:r w:rsidR="005628CB" w:rsidRPr="006F683C">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:b/>
           <w:i/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:r w:rsidR="009E5F71">
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>th</w:t>
+      </w:r>
+      <w:r w:rsidR="005628CB" w:rsidRPr="006F683C">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:b/>
           <w:i/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:r w:rsidR="005628CB" w:rsidRPr="009E5F71">
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> March</w:t>
+      </w:r>
+      <w:r w:rsidR="0000011D" w:rsidRPr="006F683C">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:b/>
           <w:i/>
-          <w:vertAlign w:val="superscript"/>
-[...3 lines deleted...]
-      <w:r w:rsidR="005628CB">
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 202</w:t>
+      </w:r>
+      <w:r w:rsidR="008A0A9A" w:rsidRPr="006F683C">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:b/>
           <w:i/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:r w:rsidR="0000011D">
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r w:rsidR="0000011D" w:rsidRPr="006F683C">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:b/>
           <w:i/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:r w:rsidR="008A0A9A">
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F683C">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:b/>
           <w:i/>
-        </w:rPr>
-[...14 lines deleted...]
-          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">or emailed to </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4" w:history="1">
-        <w:r w:rsidR="000A4E14" w:rsidRPr="003B13F7">
+      <w:hyperlink r:id="rId5" w:history="1">
+        <w:r w:rsidR="000A4E14" w:rsidRPr="006F683C">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
             <w:b/>
             <w:i/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>cdo@kondinin.wa.gov.au</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r>
+      <w:r w:rsidRPr="006F683C">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:b/>
           <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>. Payments made to the Shire b</w:t>
       </w:r>
-      <w:r w:rsidR="009309B1">
+      <w:r w:rsidR="009309B1" w:rsidRPr="006F683C">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:b/>
           <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>efore event</w:t>
       </w:r>
-      <w:r w:rsidR="00743DC9">
+      <w:r w:rsidR="00743DC9" w:rsidRPr="006F683C">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:b/>
           <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>, $20 per adult and $5</w:t>
       </w:r>
-      <w:r w:rsidR="0001284F">
+      <w:r w:rsidR="0001284F" w:rsidRPr="006F683C">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:b/>
           <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> per child</w:t>
       </w:r>
-      <w:r w:rsidR="009309B1">
+      <w:r w:rsidR="009309B1" w:rsidRPr="006F683C">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:b/>
           <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="10ECA34E" w14:textId="316854A9" w:rsidR="005628CB" w:rsidRPr="005628CB" w:rsidRDefault="005628CB" w:rsidP="005628CB">
+    <w:p w14:paraId="10ECA34E" w14:textId="316854A9" w:rsidR="005628CB" w:rsidRPr="006F683C" w:rsidRDefault="005628CB" w:rsidP="005628CB">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:b/>
           <w:i/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006F683C">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:b/>
           <w:i/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="005628CB">
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>You Can Pay Online – Shire of Kondinin BSB 086-757, Account 508344576</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0161389D" w14:textId="179F7778" w:rsidR="00E670A8" w:rsidRPr="006F683C" w:rsidRDefault="005628CB" w:rsidP="00E670A8">
+      <w:pPr>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:b/>
           <w:i/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:r>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006F683C">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:b/>
           <w:i/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="005628CB">
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>If paying online, please use Triathlon and your surname as the reference</w:t>
+      </w:r>
+      <w:r w:rsidR="00006C25" w:rsidRPr="006F683C">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:b/>
           <w:i/>
-        </w:rPr>
-[...51 lines deleted...]
-    <w:sectPr w:rsidR="00E670A8" w:rsidRPr="00E670A8">
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:sectPr w:rsidR="00E670A8" w:rsidRPr="006F683C" w:rsidSect="001834AF">
       <w:pgSz w:w="11906" w:h="16838"/>
-      <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="708" w:footer="708" w:gutter="0"/>
+      <w:pgMar w:top="720" w:right="720" w:bottom="720" w:left="720" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:font w:name="Calibri">
-[...2 lines deleted...]
-    <w:family w:val="swiss"/>
+  <w:font w:name="Symbol">
+    <w:panose1 w:val="05050102010706020507"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Courier New">
+    <w:panose1 w:val="02070309020205020404"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Wingdings">
+    <w:panose1 w:val="05000000000000000000"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="auto"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Calibri">
+    <w:panose1 w:val="020F0502020204030204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Myriad Web">
     <w:altName w:val="Corbel"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000007" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000093" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Lucida Sans">
     <w:panose1 w:val="020B0602030504020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial Narrow">
     <w:panose1 w:val="020B0606020202030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000800" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
+<file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="53FF37DC"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="3F425516"/>
+    <w:lvl w:ilvl="0" w:tplc="0C090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="0C090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0C090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0C090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="0C090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0C090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0C090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="0C090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0C090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:num w:numId="1" w16cid:durableId="2000689225">
+    <w:abstractNumId w:val="0"/>
+  </w:num>
+</w:numbering>
+</file>
+
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="82"/>
+  <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="0048659C"/>
     <w:rsid w:val="0000011D"/>
+    <w:rsid w:val="00006C25"/>
     <w:rsid w:val="0001284F"/>
     <w:rsid w:val="000623E4"/>
     <w:rsid w:val="0008514E"/>
     <w:rsid w:val="000A4E14"/>
+    <w:rsid w:val="001834AF"/>
     <w:rsid w:val="00384D74"/>
     <w:rsid w:val="003A5388"/>
     <w:rsid w:val="00447F3E"/>
     <w:rsid w:val="00485B2B"/>
     <w:rsid w:val="0048659C"/>
     <w:rsid w:val="005628CB"/>
     <w:rsid w:val="005D6FC2"/>
+    <w:rsid w:val="006F683C"/>
     <w:rsid w:val="00743DC9"/>
+    <w:rsid w:val="007A6CCC"/>
     <w:rsid w:val="007D7342"/>
     <w:rsid w:val="007E4595"/>
+    <w:rsid w:val="00812160"/>
     <w:rsid w:val="0082366E"/>
     <w:rsid w:val="008435AE"/>
     <w:rsid w:val="00853FB4"/>
     <w:rsid w:val="008A0A9A"/>
     <w:rsid w:val="00900833"/>
     <w:rsid w:val="009309B1"/>
     <w:rsid w:val="009E5F71"/>
     <w:rsid w:val="00A84DD3"/>
     <w:rsid w:val="00B364BE"/>
     <w:rsid w:val="00B67254"/>
     <w:rsid w:val="00C333B6"/>
     <w:rsid w:val="00C35D72"/>
     <w:rsid w:val="00C510BB"/>
     <w:rsid w:val="00C81FE3"/>
     <w:rsid w:val="00D6126C"/>
     <w:rsid w:val="00E670A8"/>
     <w:rsid w:val="00ED6A34"/>
     <w:rsid w:val="00F64C8F"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
@@ -2021,62 +2519,73 @@
     </w:tblPr>
   </w:style>
   <w:style w:type="character" w:styleId="Hyperlink">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00E670A8"/>
     <w:rPr>
       <w:color w:val="0000FF" w:themeColor="hyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="UnresolvedMention">
     <w:name w:val="Unresolved Mention"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="0008514E"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="paragraph" w:styleId="ListParagraph">
+    <w:name w:val="List Paragraph"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="34"/>
+    <w:qFormat/>
+    <w:rsid w:val="00006C25"/>
+    <w:pPr>
+      <w:ind w:left="720"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:cdo@kondinin.wa.gov.au" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:cdo@kondinin.wa.gov.au" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -2325,75 +2834,75 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>309</Words>
-  <Characters>1915</Characters>
+  <Words>347</Words>
+  <Characters>2461</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>70</Lines>
-  <Paragraphs>33</Paragraphs>
+  <Lines>67</Lines>
+  <Paragraphs>37</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>Toshiba</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2191</CharactersWithSpaces>
+  <CharactersWithSpaces>2807</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:creator>Tory Young</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="SynergySoftUID">
     <vt:lpwstr>K5AC1C100</vt:lpwstr>
   </property>
 </Properties>
 </file>